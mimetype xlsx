--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10632660</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adec72</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Linearity of Structure Kernels in Main-sequence and Subgiant Solar-like Oscillators</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Buchele, Lynn; Bellinger, Earl P; Hekker, Saskia; Basu, Sarbani</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>989</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>158</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Seismic structure inversions have been used to study the solar interior for decades. With the high-precision frequencies obtained using data from the Kepler mission, it has now become possible to study other solar-like oscillators using structure inversions, including both main-sequence and subgiant stars. Subgiant stars are particularly interesting because they exhibit modes of mixed acoustic-buoyancy nature, which provide the opportunity to probe the deeper region of stellar cores. This work examines whether the structure inversion techniques developed for the pure acoustic modes of the Sun and other main-sequence stars are still valid for mixed modes observed in subgiant stars. We construct two grids of models: one of main-sequence stars and one of early subgiant stars. Using these grids, we examine two different parts of the inversion procedure. First, we examine what we call the “kernel errors,” which measure how well the mode sensitivity functions can recover known frequency differences between two models. Second, we test how these kernel errors affect the ability of an inversion to infer known structure differences. On the main sequence, we find that reliable structure inversion results can be obtained across the entire range of masses and large frequency separations we consider. On the subgiant branch, however, the rapid evolution of mixed modes leads to large kernel errors and hence difficulty recovering known structure differences. Our tests show that using mixed modes to infer the structure of subgiant stars reliably will require improvements to current fitting approaches and modifications to the structure inversion techniques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2205026</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>