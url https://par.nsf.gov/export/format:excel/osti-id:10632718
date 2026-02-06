--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10632718</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1103/PhysRevResearch.7.023154</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Astronomical interferometry using continuous variable quantum teleportation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Yunkai; Zhang, Yujie; Lorenz, Virginia O</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Physical Review Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2643-1564</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We propose a method to build an astronomical interferometer using continuous-variable quantum teleportation to overcome transmission loss between distant telescopes. The scheme relies on two-mode squeezed states shared by distant telescopes as entanglement resources, which are distributed using continuous-variable quantum repeaters. We find the optimal measurement on the teleported states, which uses beam splitters and photon-number-resolved detection. Compared to prior proposals relying on discrete states, our scheme has the advantages of using linear optics to implement it without wasting stellar photons, and making use of multiphoton events, which are regarded as noise in previous discrete schemes. We also outline the parameter regimes in which our scheme outperforms the direct detection method, schemes utilizing distributed discrete-variable entangled states, and local heterodyne techniques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2326803; 1936321</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Physical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>