--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10632957</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.14246435</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Explaining Explainability: Early Performance Prediction with Student Programming Pattern Profiling</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hoq, Muntasir; Brusilovsky, Peter; Akram, Bita</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Educational Data Mining</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2157-2100</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The ability to predict student performance in introductory programming courses is important to help struggling students and enhance their persistence. However, for this prediction to be impactful, it is crucial that it remains transparent and accessible for both instructors and students, ensuring effective utilization of the predicted results. Machine learning models with explainable features provide an effective means for students and instructors to comprehend students' diverse programming behaviors and problem-solving strategies, elucidating the factors contributing to both successful and suboptimal performance. This study develops an explainable model that predicts student performance based on programming assignment submission information in different stages of the course to enable early explainable predictions. We extract data-driven features from student programming submissions and utilize a stacked ensemble model for predicting final exam grades. The experimental results suggest that our model successfully predicts student performance based on their programming submissions earlier in the semester. Employing SHAP, a game-theory-based framework, we explain the model's predictions, aiding stakeholders in understanding the influence of diverse programming behaviors on students' success. Additionally, we analyze crucial features, employing a mix of descriptive statistics and mixture models to identify distinct student profiles based on their problem-solving patterns, enhancing overall explainability. Furthermore, we dive deeper and analyze the profiles using different programming patterns of the students to elucidate the characteristics of different students where SHAP explanations are not comprehensible. Our explainable early prediction model elucidates common problem-solving patterns in students relative to their expertise, facilitating effective intervention and adaptive support.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2418658</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Journal of Educational Data Mining</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>