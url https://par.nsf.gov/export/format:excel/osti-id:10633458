--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>SoftwareX</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>102161</t>
   </si>
   <si>
     <t>2352-7110</t>
   </si>
   <si>
     <t>Identifying knee and elbow points in performance curves is a critical task in various domains, including machine learning and system design. These points represent optimal trade-offs between cost and performance, facilitating efficient decision-making and resource allocation. However, accurately determining the knees and elbows in curves poses a significant challenge. To address this challenge, we introduce Kneeliverse, an open-source library dedicated to knee/elbow point detection. Kneeliverse incorporates a suite of well-established knee-detection algorithms, including Menger, L-method, Kneedle, and DFDT. Additionally, Kneeliverse extends these algorithms to detect multiple knees and elbows in complex curves, employing a recursive approach.  Kneeliverse further includes Z-Method, a recently developed algorithm specifically designed for multi-knee detection.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2106434</t>
+    <t>2106434; 1900589</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>