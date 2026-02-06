--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10633690</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>HILDE: Intentional Code Generation via Human-in-the-Loop Decoding</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gonzalez, Emmanuel Anaya; Rothkopf, Raven; Lerner, Sorin; Polikarpova, Nadia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1943-6092</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While AI programming tools hold the promise of increasing programmers’ capabilities and productivity to a remarkable degree, they often exclude users from essential decision making processes, causing many to effectively “turn off their brains” and over-rely on solutions provided by these systems. These behaviors can have severe consequences in critical domains, like software security. We propose Human-in-the-Loop Decoding, a novel interaction technique that allows users to observe and directly influence LLM decisions during code generation, in order to align the model’s output with their personal requirements. We implement this technique in HILDE, a code completion assistant that highlights critical decisions made by the LLM and provides local alternatives for the user to explore. In a within-subjects study (N=18) on security-related tasks, we found that HILDE led participants to generate significantly fewer vulnerabilities and better align code generation with their goals compared to a traditional code completion assistant.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107397</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>2025 IEEE Symposium on Visual Languages and Human-Centric Computing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>