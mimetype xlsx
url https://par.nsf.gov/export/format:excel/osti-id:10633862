--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -110,51 +110,51 @@
   <si>
     <t>10633862</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/978-981-97-9536-9_2</t>
   </si>
   <si>
     <t>Scientific Opinion Summarization: Paper Meta-review Generation Dataset, Methods, and Evaluation</t>
   </si>
   <si>
     <t>Zeng, Qi; Sidhu, Mankeerat; Blume, Ansel; Chan, Hou Pong; Wang, Lu; Ji, Heng</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>20 to 38</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2019897</t>
+    <t>2019897; 2229873</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Book Chapter</t>
   </si>
   <si>
     <t>Springer Nature Singapore</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>