--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10633920</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TPDS.2025.3536357</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Parallel Multi Objective Shortest Path Update Algorithm in Large Dynamic Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shovan, S M; Khanda, Arindam; Das, Sajal K</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Parallel and Distributed Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>932 to 944</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1045-9219</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The multi objective shortest path (MOSP) problem, crucial in various practical domains, seeks paths that optimize multiple objectives. Due to its high computational complexity, numerous parallel heuristics have been developed for static networks. However, real-world networks are often dynamic where the network topology changes with time. Efficiently updating the shortest path in such networks is challenging, and existing algorithms for static graphs are inadequate for these dynamic conditions, necessitating novel approaches. Here, we first develop a parallel algorithm to efficiently update a single objective shortest path (SOSP) in fully dynamic networks, capable of accommodating both edge insertions and deletions. Building on this, we propose DynaMOSP, a parallel heuristic for Dynamic Multi Objective Shortest Path searches in large, fully dynamic networks. We provide a theoretical analysis of the conditions to achieve Pareto optimality. Furthermore, we devise a dedicated shared memory CPU implementation along with a version for heterogeneous computing environments. Empirical analysis on eight real-world graphs demonstrates that our method scales effectively. The shared memory CPU implementation achieves an average speedup of 12.74× and a maximum of 57.22×, while on an Nvidia GPU, it attains an average speedup of 69.19×, reaching up to 105.39× when compared to state-of-the-art techniques.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2104078</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>