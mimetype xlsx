--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -125,51 +125,51 @@
   <si>
     <t>2026-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Dyes and Pigments</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>113144</t>
   </si>
   <si>
     <t>0143-7208</t>
   </si>
   <si>
     <t>A series of 1,3,5,7-tetraphenyl-aza-BODIPY dyes functionalized with electron-donating or withdrawing groups at the para-positions of the phenyl rings on either the 1,7- or 3,5-positions were synthesized and characterized. The electron-donating group selected was –NH2, while the electron-withdrawing groups spanned a range of strengths, from strong (-NO2) to moderate (-NH3+) and mild (-Ndouble bondCdouble bondS). The structural modifications were strategically implemented to investigate their impact on the dyes photophysical properties. Spectroscopic studies revealed that these dyes exhibit intense absorption and emission in the near-infrared (NIR) region (678–855 nm). The photophysical properties, including molar absorptivity, fluorescence quantum yield, and Stokes shift were found to depend significantly on both the electronic nature (donating/withdrawing) and positioning (1,7- vs. 3,5-) of the substituents. Complementary computational studies provided insights into the electronic structures and excited-state dynamics, corroborating experimental observations. Time-dependent density functional theory (TD-DFT) calculations revealed that the electron density distribution and the frontier orbitals’ energies and shapes were significantly influenced by the electronic effects of the substituent groups. This study underscores the tunability of aza-BODIPY dyes through rational molecular design, enabling precise control over their optical properties for tailored NIR applications.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2320718</t>
+    <t>2320718; 2349844</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>