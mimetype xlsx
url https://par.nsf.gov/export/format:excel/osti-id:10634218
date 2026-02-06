--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10634218</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/jade.12583</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Polyphony of (Analytical) Scores, Co‐Design, and Creative Methodologies</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Koro, Mirka; Vasquez, Ananí M; Reutlinger, Corey; McLeod, Cole</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Journal of Art &amp; Design Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1476-8062</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;This experimental paper explores a form of neurodiversity‐affirming qualitative data analysis labelled a polyphony of (analytical) scores and creative methodologies utilised in our research project. Our data examples come from a federally funded research study which co‐designed sensory pedagogies for autistic students interested in computational thinking (CT). Four middle‐school teachers, or teacher fellows (TF), from diverse disciplines were recruited to develop neurodiverse CT mini curriculum and pedagogies for middle‐school students interested in STEM. Teacher fellows worked with the research team to co‐design teaching and learning materials and technology to explore computational thinking. The research team and teacher fellows attended workshops that included creative ensemble activities using digital‐physical musical technologies and CT concepts. Data from these workshops were used to create two polyphonic score compositions as ways to interact with data. A video creation addressed how TFs were impacted during the development and implementation of neurodiverse pedagogies. Quotes and keywords extracted for the video creation reflect how silence and sound collapse and expand in a rhizomatic fashion, indicating how TFs experience messiness, exploration, atypicality and more, which fully represent neurodiversity. The score analysis enabled us to diversify participants' experiences with neurodiverse pedagogies and illustrated the affective dimensions of musical composition as a form of data analysis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2122924</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley Online</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>