--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10634239</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/science.adl3211</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Environmental and societal consequences of winter ice loss from lakes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hampton, Stephanie E; Powers, Stephen M; Dugan, Hilary A; Knoll, Lesley B; McMeans, Bailey C; Meyer, Michael F; O’Reilly, Catherine M; Ozersky, Ted; Sharma, Sapna; Barrett, David C; Chandra, Sudeep; Jansen, Joachim; McClure, Ryan P; Rautio, Milla; Weyhenmeyer, Gesa A; Yang, Xiao</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>386</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6718</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0036-8075</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Climate change is reducing winter ice cover on lakes; yet, the full societal and environmental consequences of this ice loss are poorly understood. The socioeconomic implications of declining ice include diminished access to ice-based cultural activities, safety concerns in traversing ice, changes in fisheries, increases in shoreline erosion, and declines in water storage. Longer ice-free seasons allow more time and capacity for water to warm, threatening water quality and biodiversity. Food webs likely will reorganize, with constrained availability of ice-associated and cold-water niches, and ice loss will affect the nature, magnitude, and timing of greenhouse gas emissions. Examining these rapidly emerging changes will generate more-complete models of lake dynamics, and transdisciplinary collaborations will facilitate translation to effective management and sustainability.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2306885; 2306888; 2306886</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>