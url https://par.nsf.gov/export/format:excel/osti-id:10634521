--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10634521</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3685695</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“The Devil You Know”: Barriers and Opportunities for Co-Designing Microclimate Sensors, A Case Study of Manoomin</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Greenlee, Eric; Rothrock, Blaine; Kim, Hyeonwook; Zegura, Ellen; Hester, Josiah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Journal on Computing and Sustainable Societies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 30</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2834-5533</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Current environmental challenges have profound local consequences and often benefit from the collection of fine-grained microclimate data. Advances in wireless sensor networks and the Internet of Things have led to technologies nominally suited to support remote sensing; however, in practice long-running deployments of in-field environmental sensors are rare. Field conditions are often remote and culturally sensitive, with limited power, Internet, transportation, and human infrastructure; advances in device technology alone will not suffice. We ask how communities, Internet of Things researchers, government, and other interested parties can work together to co-design useful, low burden, sustainability-focused infrastructure. Toward this end, we conducted 11 semi-structured interviews with 13 experts who use or rely on environmental sensing technology. To complement our interview data, we engaged in three months of participant observation while immersed in organizations specifically working toward manoomin (wild rice) conservation. We make two primary contributions. First, we confirm and enrich a five-stage model, the microclimate sensor lifecycle, focusing on desired features and persistent challenges. Second, we outline a space for co-design of microclimate sensors with emphasis on the cost of experience, the generally unaddressed issue of technical usability in the messy field, and the opportunity for community engagement to improve technical design and outcomes. Furthermore, we discuss future design opportunities, recommendations, and challenges in the microclimate sensor design, deployment, and sustainability space.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209226; 2145584</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>