--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10634523</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3715335.3735460</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Makak: Co-designing Environmental Sensors to Protect Manoomin (Wild Rice)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rothrock, Blaine; Greenlee, Eric; Sangar, Yaman; McKenna, Julia; Graveen, William; Hanson, Kristen; Lewis, Melissa; Smith, Kathleen; Falck, Miles; Byrne, Brandon; Vogt, Darren; Suiseeya, Kimberly_R Marion; Zegura, Ellen; Hester, Josiah; Cabral, Alex</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>115 to 130</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400714849</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Manoomin, the Ojibwe word for Northern Wild Rice, is a culturally significant food source native to the Western Great Lakes region of North America. For generations, Manoomin stewardship has been central to Ojibwe culture and identity, harvested using traditional methods which respect and enrich its growth. Recent years have shown a decline in Manoomin’s natural occurrence due to land-use change and global warming. As part of a broader conservation effort, our team has collaborated with Tribal partners to build Makak, a low-cost microclimate sensor that monitors factors affecting wild rice to support Tribal sovereignty. This article details our co-design and pilot deployment in collaboration with four partner organizations. Through this work, we share our experiences, and lessons learned from the co-design process with Tribal partners. With this work, we aim to provide insights to other projects that promote Indigenous-centric participatory, collaborative design methods for conservation and environmental sustainability.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2430327; 2145584; 2209226</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Toronto ON Canada</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>