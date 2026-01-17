--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-05-28T04:00:00Z</t>
   </si>
   <si>
     <t>2D Materials</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>035009</t>
   </si>
   <si>
     <t>2053-1583</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Spin-orbit coupling (SOC) and electron-electron interaction can mutually influence each other and give rise to a plethora of intriguing phenomena in condensed matter systems. In pristine bilayer graphene (BLG), which has weak SOC, intrinsic Lifshitz transitions and concomitant van-Hove singularities lead to the emergence of many-body correlated phases. Layer-selective SOC can be proximity induced by adding a layer of tungsten diselenide (WSe&lt;sub&gt;2&lt;/sub&gt;) on its one side. By applying an electric displacement field, the system can be tuned across a spectrum wherein electronic correlation, SOC, or a combination of both dominates. Our investigations reveal an intricate phase diagram of proximity-induced SOC-selective BLG. Not only does this phase diagram include those correlated phases reminiscent of SOC-free doped BLG, but it also hosts unique SOC-induced states allowing a compelling measurement of valley&lt;italic&gt;g&lt;/italic&gt;-factor and a correlated insulator at charge neutrality, thereby showcasing the remarkable tunability of the interplay between interaction and SOC in WSe&lt;sub&gt;2&lt;/sub&gt;enriched BLG.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1945351; 2414726</t>
+    <t>1945351; 2414726; 2324033; 2324032</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IOP Publishing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>