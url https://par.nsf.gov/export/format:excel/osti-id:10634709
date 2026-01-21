--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -116,51 +116,51 @@
   <si>
     <t>Sulfenate Anion Catalyzed Enantio- and Diastereoselective Aziridination</t>
   </si>
   <si>
     <t>Pu, Youge; Smaldone, Anthony M; Adrio, Javier; Walsh, Patrick J</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-09-01T04:00:00Z</t>
   </si>
   <si>
     <t>Chemical Science</t>
   </si>
   <si>
     <t>2041-6520</t>
   </si>
   <si>
     <t>The synthesis of enantioenriched aziridines is important for drug development due to their prevalence in bioactive molecules. Previous methods often use expensive catalysts, activated substrates, or show poor stereoselectivity. Herein,...&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2154593; 1851640</t>
+    <t>2154593; 1851640; 2244061</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>RCS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>