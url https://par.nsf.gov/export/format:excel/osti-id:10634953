--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10634953</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3749550</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>My Pillow Knows My Sleep: Sleep Monitoring with Computational Fabrics in the Pillowcase</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shao, Qijia; Chen, Junxiao; Leung, Ho_Man Colman; Zhao, Meiqi; Xu, Ruoyu; Liu, Jiting; García, Lisa_Maria DiSalvo; Jiang, Xiaofan; St-Onge, Marie-Pierre; Zhou, Xia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Interactive, Mobile, Wearable and Ubiquitous Technologies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2474-9567</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Sleep is a vital physiological state that significantly impacts overall health. Continuous monitoring of sleep posture, heart rate, respiratory rate, and body movement is crucial for diagnosing and managing sleep disorders. Current monitoring solutions often disrupt natural sleep due to discomfort or raise privacy and instrumentation concerns. We introduce PillowSense, a fabric-based sleep monitoring system seamlessly integrated into a pillowcase. PillowSense utilizes a dual-layer fabric design. The top layer comprises conductive fabrics for sensing electrocardiogram (ECG) and surface electromyogram (sEMG), while the bottom layer features pressure-sensitive fabrics to monitor sleep location and movement. The system processes ECG and sEMG signals sequentially to infer multiple sleep variables and incorporates an adversarial neural network to enhance posture classification accuracy. We fabricate prototypes using off-the-shelf hardware and conduct both lab-based and in-the-wild longitudinal user studies to evaluate the system's effectiveness. Across 151 nights and 912.2 hours of real-world sleep data, the system achieves an F1 score of 88% for classifying seven sleep postures, and clinically-acceptable accuracy in vital sign monitoring. PillowSense's comfort, washability, and robustness in multi-user scenarios underscore its potential for unobtrusive, large-scale sleep monitoring.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2202553</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>