--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -117,50 +117,53 @@
     <t>Modulating Excited State Lifetimes in Cu(I) Complexes: The Role of Surface Binding Motifs</t>
   </si>
   <si>
     <t>London, Henry C; Chen, Jiaqi; Fosu, Emmanuel Adu; Firestone, Zackary; Lambert, Ethan C; Smith, Joel M; Jakubikova, Elena; Hanson, Kenneth</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-07-14T04:00:00Z</t>
   </si>
   <si>
     <t>ACS Applied Energy Materials</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>9530 to 9537</t>
   </si>
   <si>
     <t>2574-0962</t>
+  </si>
+  <si>
+    <t>Many transition metal coordination complexes are known to undergo a structural change in response to a stimulus, like light, which can have a debilitating impact on properties of interest (e.g., quantum yield, stability, reactivity, etc.). This is particularly true for Cu(I) coordination complexes that suffer from short, excited-state lifetimes due to D2d to D2 distortion and solvent coordination. Here, we investigate the impact of strategic surface binding and the role of the surface binding motif on the excited state lifetime of Cu(I) complexes with carboxylate-functionalized N-phenylpyridin-2-ylmethanimine ligands. Relative to the solution, the excited state lifetime for the ZrO2-bound complexes increases 7-fold when either one ligand is bound or both ligands are bound through a flexible linker but 17-fold when both ligands are rigidly bound to the surface. With support from theoretical calculations, we attribute the dramatic increase in lifetime for the latter to the rigid binding strategy inhibiting the planarizing distortion and possible quenching via solvent coordination. These results lend further support to the idea that molecular immobilization via strategic surface binding is an effective strategy for inhibiting undesired molecular distortion.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2154662</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Chemical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
@@ -309,72 +312,74 @@
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="L2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>