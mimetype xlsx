--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10635925</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3747517</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Polynomial-Time Program Equivalence for Machine Knitting</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hurtig, Nathan; Lin, Jenny Han; Price, Thomas S; Schulz, Adriana; McCann, James; Bernstein, Gilbert Louis</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-05T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>ICFP</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>371 to 399</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present an algorithm that canonicalizes the algebraic representations of the topological semantics of machine knitting programs. Machine knitting is a staple technology of modern textile production where hundreds of mechanical needles are manipulated to form yarn into interlocking loop structures. Our semantics are defined using a variant of a monoidal category, and they closely correspond to string diagrams. We formulate our canonicalization as an Abstract Rewriting System (ARS) over words in our category, and prove that our algorithm is correct and runs in polynomial time.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2319182; 2319181</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>