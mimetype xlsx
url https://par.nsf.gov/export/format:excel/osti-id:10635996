--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10635996</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/SVM66695.2025.00009</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Exploratory Study of Security Vulnerabilities in Machine Learning Deployment Projects</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rahman, Akond; Skjellum, Anthony; Zhang, Yue</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>33 to 36</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3315-1468-6</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Machine learning (ML) deployment projects are used by practitioners to automatically deploy ML models. While ML deployment projects aid practitioners, security vulnerabilities in these projects can make ML deployment infrastructure susceptible to security attacks. A systematic characterization of vulnerabilities can aid in identifying activities to secure ML deployment projects used by practitioners. We conduct an empirical study with 149 vulnerabilities mined from 12 open source ML deployment projects to characterize vulnerabilities in ML deployment projects. From our empirical study, we (i) find 68 of the 149 vulnerabilities are critically or highly severe; (ii) derive 10 consequences of vulnerabilities, e.g., unauthorized access to trigger ML deployments; and (iii) observe established quality assurance activities, such as code review to be used in the ML deployment projects. We conclude our paper by providing a set of recommendations for practitioners and researchers. Dataset used for our paper is available online.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2312321</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Ottawa, ON, Canada</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>