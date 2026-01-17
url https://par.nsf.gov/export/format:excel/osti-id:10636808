--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,89 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10636808</t>
-[...8 lines deleted...]
-    <t>De_Rosa, Alexander; Reed, Teri</t>
+    <t>10189035</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-06-01T04:00:00Z</t>
-[...4 lines deleted...]
-A comparison of expert (faculty) and novice (student) approaches to problem solving demonstrated how often experts reflect on their progress during the solving process and the manner in which they are able to connect problems in one context to similar problems they have encountered in the past in other areas of engineering. The ability of experts to “chunk” problems into smaller stages and reflect on individual elements of the problem at hand, rather than the problem as a whole, was also observed to be a differentiating factor in their approach as compared to novices.</t>
+    <t>Human-Centric Situational Awareness and Big Data Visualization</t>
+  </si>
+  <si>
+    <t>Bodempudi, Sri Teja; Sharma, Sharad; Sahu, Atma; Agrawal, Rajeev</t>
+  </si>
+  <si>
+    <t>2019-10-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>EPiC series in computing</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>51-60</t>
+  </si>
+  <si>
+    <t>2398-7340</t>
+  </si>
+  <si>
+    <t>Human-centric situational awareness and visualization are needed for analyzing the big data in an efficient way. One of the challenges is to create an algorithm to analyze the given data without any help of other data analyzing tools. This research effort aims to identify how graphical objects (such as data-shapes) developed in accordance with an analyst's mental model can enhance analyst's situation awareness. Our approach for improved big data visualization is two-fold, focusing on both visualization and interaction. This paper presents the developed data and graph technique based on forcedirected model graph in 3D. It is developed using Unity 3D gaming engine. Pilot testing was done with different data sets for checking the efficiency of the system in immersive environment and non-immersive environment. The application is able to handle the data successfully for the given data sets in data visualization. The currently graph can render around 200 to 300 linked nodes in real-time.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2301341</t>
-[...2 lines deleted...]
-    <t>2025</t>
+    <t>1923986</t>
+  </si>
+  <si>
+    <t>2019</t>
   </si>
   <si>
     <t>Conference Paper</t>
-  </si>
-[...4 lines deleted...]
-    <t>Montreal, Quebec, Canada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -278,90 +279,94 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" s="0"/>
-      <c r="I2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>32</v>
+      </c>
       <c r="J2" s="0"/>
-      <c r="K2" s="0"/>
-      <c r="L2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="W2" s="0"/>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>