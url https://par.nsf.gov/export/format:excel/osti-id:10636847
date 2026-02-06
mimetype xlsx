--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10636847</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/cgf.15276</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GeoCode: Interpretable Shape Programs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pearl, Ofek; Lang, Itai; Hu, Yuhua; Yeh, Raymond A; Hanocka, Rana</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Computer Graphics Forum</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0167-7055</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The task of crafting procedural programs capable of generating structurally valid 3D shapes easily and intuitively remains an elusive goal in computer vision and graphics. Within the graphics community, generating procedural 3D models has shifted to using node graph systems. They allow the artist to create complex shapes and animations through visual programming. Being a high‐level design tool, they made procedural 3D modelling more accessible. However, crafting those node graphs demands expertise and training. We present GeoCode, a novel framework designed to extend an existing node graph system and significantly lower the bar for the creation of new procedural 3D shape programs. Our approach meticulously balances expressiveness and generalization for part‐based shapes. We propose a curated set of new geometric building blocks that are expressive and reusable across domains. We showcase three innovative and expressive programs developed through our technique and geometric building blocks. Our programs enforce intricate rules, empowering users to execute intuitive high‐level parameter edits that seamlessly propagate throughout the entire shape at a lower level while maintaining its validity. To evaluate the user‐friendliness of our geometric building blocks among non‐experts, we conduct a user study that demonstrates their ease of use and highlights their applicability across diverse domains. Empirical evidence shows the superior accuracy of GeoCode in inferring and recovering 3D shapes compared to an existing competitor. Furthermore, our method demonstrates superior expressiveness compared to alternatives that utilize coarse primitives. Notably, we illustrate the ability to execute controllable local and global shape manipulations. Our code, programs, datasets and Blender add‐on are available at&lt;ext-link href='https://github.com/threedle/GeoCode'&gt;https://github.com/threedle/GeoCode&lt;/ext-link&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2402894</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley Online Library</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>