--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10636970</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1103/PRXQuantum.6.010339</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Stabilizer Entanglement Distillation and Efficient Fault-Tolerant Encoders</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shi, Yu; Patil, Ashlesha; Guha, Saikat</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PRX Quantum</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>010339</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2691-3399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Entanglement is essential for quantum information processing, but is limited by noise. We address this by developing high-yield entanglement distillation protocols with several advancements. (1) We extend the 2-to-1 recurrence entanglement distillation protocol to higher-rate n-to-(n−1) protocols that can correct any single-qubit errors. These protocols are evaluated through numerical simulations focusing on fidelity and yield. We also outline a method to adapt any classical error-correcting code for entanglement distillation, where the code can correct both bit-flip and phase-flip errors by incorporating Hadamard gates. (2) We propose a constant-depth decoder for stabilizer codes that transforms logical states into physical ones using single-qubit measurements. This decoder is applied to entanglement distillation protocols, reducing circuit depth and enabling protocols derived from high-performance quantum error-correcting codes. We demonstrate this by evaluating the circuit complexity for entanglement distillation protocols based on surface codes and quantum convolutional codes. (3) Our stabilizer entanglement distillation techniques advance quantum computing. We propose a fault-tolerant protocol for constant-depth encoding and decoding of arbitrary states in surface codes, with potential extensions to more general quantum low-density parity-check codes. This protocol is feasible with state-of-the-art reconfigurable atom arrays and surpasses the limits of conventional logarithmic depth encoders. Overall, our study integrates stabilizer formalism, measurement-based quantum computing, and entanglement distillation, advancing both quantum communication and computing.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2106189</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Physical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>