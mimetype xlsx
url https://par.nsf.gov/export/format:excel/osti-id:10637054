--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -116,51 +116,51 @@
   <si>
     <t>A 99.9% Efficient, Ultra-Low Power Automated On/Off Adaptive MPPT Circuit for RF, PV, and TEG Sources From 1 &lt;i&gt;μ&lt;/i&gt; W to 4 mW</t>
   </si>
   <si>
     <t>Abedi, Mostafa; Shrivastava, Aatmesh</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-09-05T04:00:00Z</t>
   </si>
   <si>
     <t>IEEE Transactions on Circuits and Systems I: Regular Papers</t>
   </si>
   <si>
     <t>1 to 14</t>
   </si>
   <si>
     <t>1549-8328</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2225368</t>
+    <t>2225368; 2125222</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>