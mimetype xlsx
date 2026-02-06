--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10637140</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v39i27.35073</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>XTSFormer: Cross-Temporal-Scale Transformer for Irregular-Time Event Prediction in Clinical Applications</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xiao, Tingsong; Xu, Zelin; He, Wenchong; Xiao, Zhengkun; Zhang, Yupu; Liu, Zibo; Chen, Shigang; Thai, My T; Bian, Jiang; Rashidi, Parisa; Jiang, Zhe</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>28502 to 28510</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adverse clinical events related to unsafe care are among the top ten causes of death in the U.S. Accurate modeling and prediction of clinical events from electronic health records (EHRs) play a crucial role in patient safety enhancement. An example is modeling de facto care pathways that characterize common step-by-step plans for treatment or care. However, clinical event data pose several unique challenges, including the irregularity of time intervals between consecutive events, the existence of cycles, periodicity, multi-scale event interactions, and the high computational costs associated with long event sequences. Existing neural temporal point processes (TPPs) methods do not effectively capture the multi-scale nature of event interactions, which is common in many real-world clinical applications. To address these issues, we propose the cross-temporal-scale transformer (XTSFormer), specifically designed for irregularly timed event data. Our model consists of two vital components: a novel Feature-based Cycle-aware Time Positional Encoding (FCPE) that adeptly captures the cyclical nature of time, and a hierarchical multi-scale temporal attention mechanism, where different temporal scales are determined by a bottom-up clustering approach. Extensive experiments on several real-world EHR datasets show that our XTSFormer outperforms multiple baseline methods.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2123809</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>