--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-05-29T04:00:00Z</t>
   </si>
   <si>
     <t>Science</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>6750</t>
   </si>
   <si>
     <t>950 to 956</t>
   </si>
   <si>
     <t>0036-8075</t>
   </si>
   <si>
     <t>&lt;p&gt;We present the successful synthesis and characterization of a one-dimensional high-entropy oxide (1D-HEO) exhibiting nanoribbon morphology. These 1D-HEO nanoribbons exhibit high structural stability at elevated temperatures (to 1000°C), elevated pressures (to 12 gigapascals), and long exposure to harsh acid or base chemical environments. Moreover, they exhibit notable mechanical properties, with an excellent modulus of resilience reaching 40 megajoules per cubic meter. High-pressure experiments reveal an intriguing transformation of the 1D-HEO nanoribbons from orthorhombic to cubic structures at 15 gigapascals followed by the formation of fully amorphous HEOs above 30 gigapascals, which are recoverable to ambient conditions. These transformations introduce additional entropy (structural disorder) besides configurational entropy. This finding offers a way to create low-dimensional, resilient, and high-entropy materials.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2119308</t>
+    <t>2119308; 2118020</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Association for the Advancement of Science (AAAS)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>