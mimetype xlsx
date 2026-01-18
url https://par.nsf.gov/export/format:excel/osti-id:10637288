--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-09-03T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We study the formation of stars with varying amounts of heavy elements synthesized by the rapid neutron-capture process (&lt;italic&gt;r&lt;/italic&gt;-process) based on our detailed cosmological zoom-in simulation of a Milky Way–like galaxy with an&lt;italic&gt;N&lt;/italic&gt;-body/smoothed particle hydrodynamics code,&lt;sc&gt;asura&lt;/sc&gt;. Most stars with no overabundance in&lt;italic&gt;r&lt;/italic&gt;-process elements, as well as the strongly&lt;italic&gt;r&lt;/italic&gt;-process-enhanced (RPE)&lt;italic&gt;r&lt;/italic&gt;-II stars ([Eu/Fe] &gt; +0.7), are formed in dwarf galaxies accreted by the Milky Way within the 6 Gyr after the Big Bang. In contrast, over half of the moderately enhanced&lt;italic&gt;r&lt;/italic&gt;-I stars (+0.3 &lt; [Eu/Fe] ≤ +0.7) are formed in the main in situ disk after 6 Gyr. Our results suggest that the fraction of&lt;italic&gt;r&lt;/italic&gt;-I and&lt;italic&gt;r&lt;/italic&gt;-II stars formed in disrupted dwarf galaxies is larger the higher their [Eu/Fe] is. Accordingly, the most strongly enhanced&lt;italic&gt;r&lt;/italic&gt;-III stars ([Eu/Fe] &gt; +2.0) are formed in accreted components. These results suggest that non-&lt;italic&gt;r&lt;/italic&gt;-process-enhanced stars and&lt;italic&gt;r&lt;/italic&gt;-II stars are mainly formed in low-mass dwarf galaxies that hosted either none or a single neutron star merger, while the&lt;italic&gt;r&lt;/italic&gt;-I stars tend to form in the well-mixed in situ disk. We compare our findings with high-resolution spectroscopic observations of RPE metal-poor stars in the halo and dwarf galaxies, including those collected by the&lt;italic&gt;R&lt;/italic&gt;-Process Alliance. We conclude that observed [Eu/Fe] and [Eu/Mg] ratios can be employed in chemical tagging of the Milky Way’s accretion history.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2307436</t>
+    <t>2307436; 1927130; 2206263</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>