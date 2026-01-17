--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-06-10T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the ACM on Programming Languages</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PLDI</t>
   </si>
   <si>
     <t>1838 to 1862</t>
   </si>
   <si>
     <t>2475-1421</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;italic toggle='yes'&gt;Backward error analysis&lt;/italic&gt;offers a method for assessing the quality of numerical programs in the presence of floating-point rounding errors. However, techniques from the numerical analysis literature for quantifying backward error require substantial human effort, and there are currently no tools or automated methods for statically deriving sound backward error bounds. To address this gap, we propose Bean, a typed first-order programming language designed to express quantitative bounds on backward error. Bean’s type system combines a graded coeffect system with strict linearity to soundly track the flow of backward error through programs. We prove the soundness of our system using a novel categorical semantics, where every Bean program denotes a triple of related transformations that together satisfy a backward error guarantee.&lt;/p&gt; &lt;p&gt;To illustrate Bean’s potential as a practical tool for automated backward error analysis, we implement a variety of standard algorithms from numerical linear algebra in Bean, establishing fine-grained backward error bounds via typing in a compositional style. We also develop a prototype implementation of Bean that infers backward error bounds automatically. Our evaluation shows that these inferred bounds match worst-case theoretical relative backward error bounds from the literature, underscoring Bean’s utility in validating a key property of numerical programs:&lt;italic toggle='yes'&gt;numerical stability&lt;/italic&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2219757</t>
+    <t>2219757; 2219758</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>ACM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>