--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>Astronomy &amp; Astrophysics</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>A127</t>
   </si>
   <si>
     <t>0004-6361</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;italic&gt;Context&lt;/italic&gt;. Over the past few years, the&lt;italic&gt;R&lt;/italic&gt;-Process Alliance (RPA) has successfully carried out a search for stars that are highly enhanced in elements produced via the rapid neutron-capture (&lt;italic&gt;r&lt;/italic&gt;-) process. In particular, the RPA has identified a number of relatively bright, highly&lt;italic&gt;r&lt;/italic&gt;-process-enhanced (&lt;italic&gt;r&lt;/italic&gt;-II) stars, suitable for observations with the Hubble Space Telescope (HST), facilitating abundance derivation of elements such as gold (Au) and cadmium (Cd).&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Aims&lt;/italic&gt;. This paper presents the detailed abundances derived for the metal-poor ([Fe/H] = −2.55) highly&lt;italic&gt;r&lt;/italic&gt;-process-enhanced ([Eu/Fe] = +1.29)&lt;italic&gt;r&lt;/italic&gt;-II star 2MASS J05383296–5904280.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods&lt;/italic&gt;. One-dimensional local thermodynamic equilibrium (LTE) elemental abundances were derived via equivalent width and spectral synthesis using high-resolution high signal-to-noise near-UV HST/STIS and optical Magellan/MIKE spectra.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results&lt;/italic&gt;. Abundances were determined for 43 elements, including 26 neutron-capture elements. In particular, abundances of the rarely studied elements Nb, Mo, Cd, Lu, Os, Pt, and Au are derived from the HST spectrum. These results, combined with RPA near-UV observations of two additional&lt;italic&gt;r&lt;/italic&gt;-II stars, increase the number of Cd abundances derived for&lt;italic&gt;r&lt;/italic&gt;-process-enriched stars from seven to ten and Au abundances from four to seven. A large star-to-star scatter is detected for both of these elements, highlighting the need for more detections enabling further investigations, specifically into possible non-LTE effects.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2307436</t>
+    <t>2307436; 1927130; 2206263</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>