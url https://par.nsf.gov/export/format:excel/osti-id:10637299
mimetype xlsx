--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10637299</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4365/ad6f0f</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The R-process Alliance: Fifth Data Release from the Search for R-process-enhanced Metal-poor Stars in the Galactic Halo with the GTC*</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bandyopadhyay, Avrajit; Ezzeddine, Rana; Allende_Prieto, Carlos; Aria, Nima; Shah, Shivani P; Beers, Timothy C; Frebel, Anna; Hansen, Terese T; Holmbeck, Erika M; Placco, Vinicius M; Roederer, Ian U; Sakari, Charli M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>274</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0067-0049</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Understanding the abundance pattern of metal-poor stars and the production of heavy elements through various nucleosynthesis processes offers crucial insights into the chemical evolution of the Milky Way, revealing primary sites and major sources of rapid neutron-capture process (&lt;italic&gt;r&lt;/italic&gt;-process) material in the Universe. In this fifth data release from the&lt;italic&gt;R&lt;/italic&gt;-Process Alliance (RPA), we present the detailed chemical abundances of 41 faint (down to&lt;italic&gt;V&lt;/italic&gt;= 15.8) and extremely metal-poor (down to [Fe/H] = −3.3) halo stars selected from the RPA. We obtained high-resolution spectra for these objects with the HORuS spectrograph on the Gran Telescopio Canarias. We measure the abundances of light,&lt;italic&gt;α&lt;/italic&gt;, Fe-peak, and neutron-capture elements. We report the discovery of five carbon-enhanced metal-poor, one limited-&lt;italic&gt;r&lt;/italic&gt;, three&lt;italic&gt;r&lt;/italic&gt;-I, and four&lt;italic&gt;r&lt;/italic&gt;-II stars, and six Mg-poor stars. We also identify one star of a possible globular cluster origin at an extremely low metallicity at [Fe/H] = −3.0. This adds to the growing evidence of a lower-limit metallicity floor for globular cluster abundances. We use the abundances of Fe-peak elements and the&lt;italic&gt;α&lt;/italic&gt;-elements to investigate the contributions from different nucleosynthesis channels in the progenitor supernovae. We find the distribution of [Mg/Eu] as a function of [Fe/H] to have different enrichment levels, indicating different possible pathways and sites of their production. We also reveal differences in the trends of the neutron-capture element abundances of Sr, Ba, and Eu of various&lt;italic&gt;r&lt;/italic&gt;-I and&lt;italic&gt;r&lt;/italic&gt;-II stars from the RPA data releases, which provide constraints on their nucleosynthesis sites and subsequent evolution.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2307436; 1927130; 2206263</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astrophysical Journal Supplements</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>