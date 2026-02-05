--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10637562</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using evidence of student thinking as resources in a digital collaborative platform</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Park, Sunyoung; Edson, Alden J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Mathematics education  research and practice</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>3091-5945</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Learning mathematics in a student-centered, problem-based classroom requires students to develop mathematical understanding and reasoning collaboratively with others. Despite its critical role in students’ collaborative learning in groups and classrooms, evidence of student thinking has rarely been perceived and utilized as a resource for planning and teaching. This is in part because teachers have limited access to student work in paper-and-pencil classrooms. As an alternative approach to making student thinking visible and accessible, a digital collaborative platform embedded with a problem-based middle school mathematics curriculum is developed through an ongoing design-based research project (Edson &amp; Phillips, 2021). Drawing from a subset of data collected for the larger research project, we investigated how students generated mathematical inscriptions during small group work, and how teachers used evidence of students’ solution strategies inscribed on student digital workspaces. Findings show that digital flexibility and mobility allowed students to easily explore different strategies and focus on developing mathematical big ideas, and teachers to foreground student thinking when facilitating whole-class discussions and planning for the next lesson. This study provides insights into understanding mathematics teachers’ interactions with digital curriculum resources in the pursuit of students’ meaningful engagement in making sense of mathematical ideas.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007842</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Journal of The Korean Society of Mathematical Education</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>