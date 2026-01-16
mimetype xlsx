--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -116,51 +116,51 @@
   <si>
     <t>Redox‐Active Oxide/molten Salt Composites for Hybrid Thermal‐Chemical Energy Storage</t>
   </si>
   <si>
     <t>Cai, Runxia; Bektas, Hilal; Raza, Saqlain; Massey, Jackson; Tian, Yuan; Liu, Jun; Li, Fanxing</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-09-19T04:00:00Z</t>
   </si>
   <si>
     <t>Advanced Energy and Sustainability Research</t>
   </si>
   <si>
     <t>2699-9412</t>
   </si>
   <si>
     <t>&lt;p&gt;Structurally stabilized composites are promising for using phase change materials in high‐temperature thermal energy storage (TES). However, conventional skeleton materials, which typically comprise 30–50 wt% of the composite, mainly provide sensible heat storage and contribute minimally to overall energy density. This study introduces a new class of redox‐active oxide‐molten salt (ROMS) composites that overcome this limitation by combining sensible, latent, and thermochemical heat storage in a single particle. Specifically, porous, redox‐active Ca&lt;sub&gt;2&lt;/sub&gt;AlMnO&lt;sub&gt;5+δ&lt;/sub&gt;(CAM) complex oxide particles were demonstrated as a suitable support matrix, with the pores filled by eutectic NaCl/CaCl&lt;sub&gt;2&lt;/sub&gt;salt. X‐ray diffraction confirms excellent phase compatibility between CAM and the salt. Scanning electron microscopy/energy dispersive X‐ray spectroscopy and nano X‐ray tomography show good salt infiltration and wettability within the CAM pores. Thermogravimetric analysis reveals that a 60 wt% CAM/40 wt% salt composite achieves an energy density of 267 kJ kg&lt;sup&gt;−1&lt;/sup&gt;over a narrow 150 °C window, with ≈50 kJ kg&lt;sup&gt;−1&lt;/sup&gt;from thermochemical storage. Additionally, the composite shows higher thermal conductivity than salt alone, enabling faster energy storage and release. ROMS composites thus represent a novel and efficient solution for high‐performance TES.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1943813</t>
+    <t>1943813; 2116724; 1923468</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>