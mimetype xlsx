--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10637740</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.48448/3zgk-4y71</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Vox-UDA: Voxel-wise Unsupervised Domain Adaptation for Cryo-Electron Subtomogram Segmentation with Denoised Pseudo-Labeling</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Barthelemy, Johan; Chen, Huaming; Du, Bo; Kihara, Daisuke; Li, Haoran; Li, Xingjian; Shen, Jun; Shi, Jiahua; Xu, Min</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Association_for_Artificial_Intelligence_2025</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Cryo-Electron Tomography (cryo-ET) is a 3D imaging technology that facilitates the study of macromolecular structures at near-atomic resolution. Recent volumetric segmentation approaches on cryo-ET images have drawn widespread interest in the biological sector. However, existing methods heavily rely on manually labeled data, which requires highly professional skills, thereby hindering the adoption of fully-supervised approaches for cryo-ET images. Some unsupervised domain adaptation (UDA) approaches have been designed to enhance the segmentation network performance using unlabeled data. However, applying these methods directly to cryo-ET image segmentation tasks remains challenging due to two main issues: 1) the source dataset, usually obtained through simulation, contains a fixed level of noise, while the target dataset, directly collected from raw-data from the real-world scenario, have unpredictable noise levels. 2) the source data used for training typically consists of known macromoleculars. In contrast, the target domain data are often unknown, causing the model to be biased towards those known macromolecules, leading to a domain shift problem. To address such challenges, in this work, we introduce a voxel-wise unsupervised domain adaptation approach, termed Vox-UDA, specifically for cryo-ET subtomogram segmentation. Vox-UDA incorporates a noise generation module to simulate target-like noises in the source dataset for cross-noise level adaptation. Additionally, we propose a denoised pseudo-labeling strategy based on the improved Bilateral Filter to alleviate the domain shift problem. More importantly, we construct the first UDA cryo-ET subtomogram segmentation benchmark on three experimental datasets. Extensive experimental results on multiple benchmarks and newly curated real-world datasets demonstrate the superiority of our proposed approach compared to state-of-the-art UDA methods.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2211597</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Audiovisual</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Underline Science Inc.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>