--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-02-06T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>3011 to 3019</t>
   </si>
   <si>
     <t>2050-7526</t>
   </si>
   <si>
     <t>&lt;p&gt;Pentacene thin-films OFETs show increased conductance and mobility after exposure to maleic anhydride which shifts the mean energy in the grain boundary&lt;italic&gt;via&lt;/italic&gt;an applied dipole.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2323423</t>
+    <t>2323423; 1956202</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>RSC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>