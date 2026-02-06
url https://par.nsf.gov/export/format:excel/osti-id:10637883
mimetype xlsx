--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10637883</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adf5c0</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Probing Turbulence, Gravity, Supernovae, and Magnetic Field Effects with the 6D Kinematics of Young Stars in Milky Way Star-forming Regions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Velguth, Benjamin N; Li, Yuan; Ha, Trung; Hu, Yue; Kounkel, Marina; Xu, Siyao; Gutermuth, Robert; Li, Hui; Weinberg, Martin D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-05T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>990</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>165</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The dynamics of star-forming gas can be affected by many physical processes, such as turbulence, gravity, supernova explosions, and magnetic fields. In this paper, we investigate several nearby star-forming regions (Orion, Upper Sco, Taurus, and Perseus) for kinematic imprints of these influences on the newly formed stars. Using Gaia DR3 astrometry and APOGEE DR17 radial velocities, we compute first-order velocity structure functions (VSFs) of young stars in galactic Cartesian coordinates in both 6D (3D positions and 3D velocities) and 4D (3D positions and each 1D velocity) to identify signatures of turbulence and anisotropic motion. We also construct 3D and 1D radial velocity profiles to identify coherent expansion trends, and compare stellar proper motions to plane-of-sky magnetic field orientations in Taurus and Perseus. We find that the VSFs are mildly anisotropic, with slightly different amplitudes, slopes, or features in different directions in several groups, but in general, they are all consistent with Larson’s Relation at intermediate length scales, especially in less compact groups. In several cases, the VSFs exhibit features suggestive of local energy injection from supernovae. Radial velocity profiles reveal clear anisotropic expansion in multiple groups, with the most extreme cases corresponding to those with the most anisotropic VSFs. In Perseus, we find that the motions of young stars are preferentially perpendicular to the local magnetic field. We find multiple, overlapping causes in each group for the observed kinematics. Our findings support that young stars remember more than just the turbulent state of their natal clouds.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2219686</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>