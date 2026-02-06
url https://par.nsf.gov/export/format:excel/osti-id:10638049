--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10638049</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3704900</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Unifying Compositional Verification and Certified Compilation with a Three-Dimensional Refinement Algebra</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Yu; Koenig, Jérémie; Shao, Zhong; Wang, Yuting</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>POPL</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1903 to 1933</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formal verification is a gold standard for building reliable computer systems. Certified systems in particular come with a formal specification, and a proof of correctness which can easily be checked by a third party. Unfortunately, verifying large-scale, heterogeneous systems remains out of reach of current techniques. Addressing this challenge will require the use of compositional methods capable of accommodating and interfacing a range of program verification and certified compilation techniques. In principle, compositional semantics could play a role in enabling this kind of flexibility, but in practice existing tools tend to rely on simple and specialized operational models which are difficult to interface with one another. To tackle this issue, we present a compositional semantics framework which can accommodate a broad range of verification techniques. Its core is a three-dimensional algebra of refinement which operates across program modules, levels of abstraction, and components of the system's state. Our framework is mechanized in the Coq proof assistant and we showcase its capabilities with multiple use cases.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2313433; 2019285</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>