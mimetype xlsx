--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-12-18T05:00:00Z</t>
   </si>
   <si>
     <t>Digital Discovery</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>376 to 383</t>
   </si>
   <si>
     <t>2635-098X</t>
   </si>
   <si>
     <t>&lt;p&gt;This study combines Graph Neural Networks (GNNs) and Large Language Models (LLMs) to improve material property predictions. By leveraging both embeddings, this hybrid approach achieves up to a 25% improvement over GNN-only model in accuracy.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2331329</t>
+    <t>2331329; 2053929</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>