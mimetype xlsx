--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,174 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...122 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -188,185 +65,310 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10638567</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Argus: Programming with communication protocols in a belief-desire-intention architecture</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Christie, Samuel H; Singh, Munindar P; Chopra, Amit K</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-3702</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Protocols model multiagent systems (MAS) by capturing the communications between its agents. Belief-Desire-Intention (BDI) architectures provide an attractive way for organizing an agent in terms of cognitive concepts. Current BDI approaches, however, lack adequate support for engineering protocol-based agents.
+We describe Argus, an approach that melds recent advances in flexible, declarative communication protocols with BDI architectures. For concreteness, we adopt Jason as an exemplar of the BDI paradigm and show how to support protocol-based reasoning in it. Specifically, Argus contributes 
+(1) a novel architecture and formal operational semantics combining protocols and BDI;
+(2) a code generation-based programming model that guides the implementation of agents; and
+(3) integrity checking for incoming and outgoing messages that help ensure that the agents are well-behaved.
+The Argus conceptual architecture builds quite naturally on top of Jason. Thus, Argus enables building more flexible multiagent systems while using a BDI architecture than is currently possible.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908374</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>