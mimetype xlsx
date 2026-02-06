--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10638655</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Hyperdimensional Representation Learning for Node Classification and Link Prediction</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dalvi, Abhishek; Honavar, Vasant</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>88-97</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We introduce Hyperdimensional Graph Learner (HDGL), a novel method for node classification and link prediction in graphs. HDGL maps node features into a very high-dimensional space (hyperdimensional or HD space for short) using the injectivity property of node representations in a family of Graph Neural Networks (GNNs) and then uses HD operators such as bundling and binding to aggregate information from the local neighborhood of each node yielding latent node representations that can support both node classification and link prediction tasks. HDGL, unlike GNNs that rely on computationally expensive iterative optimization and hyperparameter tuning, requires only a single pass through the data set. We report results of experiments using widely used benchmark datasets which demonstrate that, on the node classification task, HDGL achieves accuracy that is competitive with that of the state-of-the-art GNN methods at substantially reduced computational cost; and on the link prediction task, HDGL matches the performance of DeepWalk and related methods, although it falls short of computationally demanding state-of-the-art GNNs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2226025</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The 18th ACM International Conference on Web Search and Data Mining (WSDM 2025)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>