--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10638663</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DSPO: Direct Score Preference Optimization for Diffusion Model Alignment.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhu, Huaisheng; Xiao, Teng; Honavar, Vasant G</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Diffusion-based Text-to-Image (T2I) models have achieved impressive success in generating high-quality images from textual prompts. While large language models (LLMs) effectively leverage Direct Preference Optimization (DPO) for fine-tuning on human preference data without the need for reward models, diffusion models have not been extensively explored in this area. Current preference learning methods applied to T2I diffusion models immediately adapt existing techniques from LLMs. However, this direct adaptation introduces an estimated loss specific to T2I diffusion models. This estimation can potentially lead to suboptimal performance through our empirical results. In this work, we propose Direct Score Preference Optimization (DSPO), a novel algorithm that aligns the pretraining and fine-tuning objectives of diffusion models by leveraging score matching, the same objective used during pretraining. It introduces a new perspective on preference learning for diffusion models. Specifically, DSPO distills the score function of human-preferred image distributions into pretrained diffusion models, fine-tuning the model to generate outputs that align with human preferences. We theoretically show that DSPO shares the same optimization direction as reinforcement learning algorithms in diffusion models under certain conditions. Our experimental results demonstrate that DSPO outperforms preference learning baselines for T2I diffusion models in human preference evaluation tasks and enhances both visual appeal and prompt alignment of generated images.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2226025; 2225824</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Conference on Learning Representations (ICLR 2025)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>