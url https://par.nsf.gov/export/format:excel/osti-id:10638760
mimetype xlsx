--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -110,63 +110,60 @@
   <si>
     <t>10638760</t>
   </si>
   <si>
     <t>https://doi.org/10.48550/arXiv.2409.07613</t>
   </si>
   <si>
     <t>Token Turing Machines are Efficient Vision Models</t>
   </si>
   <si>
     <t>Jajal, Purvish; Eliopoulos, Nick John; Chou, Benjamin Shiue-Hal; Thiruvathukal, George K; Davis, James C; Lu, Yung-Hsiang</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-02-28T05:00:00Z</t>
   </si>
   <si>
     <t>We propose Vision Token Turing Machines (ViTTM), an efficient, low-latency, memory-augmented Vision Transformer (ViT). Our approach builds on Neural Turing Machines and Token Turing Machines, which were applied to NLP and sequential visual understanding tasks. ViTTMs are designed for non-sequential computer vision tasks such as image classification and segmentation. Our model creates two sets of tokens: process tokens and memory tokens; process tokens pass through encoder blocks and read-write from memory tokens at each encoder block in the network, allowing them to store and retrieve information from memory. By ensuring that there are fewer process tokens than memory tokens, we are able to reduce the inference time of the network while maintaining its accuracy. On ImageNet-1K, the state-of-the-art ViT-B has median latency of 529.5ms and 81.0% accuracy, while our ViTTM-B is 56% faster (234.1ms), with 2.4 times fewer FLOPs, with an accuracy of 82.9%. On ADE20K semantic segmentation, ViT-B achieves 45.65mIoU at 13.8 frame-per-second (FPS) whereas our ViTTM-B model acheives a 45.17 mIoU with 26.8 FPS (+94%).</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2104709</t>
+    <t>2104709; 2104319</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>The Computer Vision Foundation.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tuscon, Arizona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -318,48 +315,46 @@
       <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>