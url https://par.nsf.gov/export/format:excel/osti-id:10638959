--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-09-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Geophysical Research: Machine Learning and Computation</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2993-5210</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Seismic risk estimates are greatly improved with an increased understanding of historical (and pre‐historical) seismic events. Although Bayesian inference has been shown to provide reasonable estimates of the location and magnitude of historical earthquakes from anecdotal tsunamigenic evidence, the validity and robustness of such an approach has yet to be definitively demonstrated. Thus, in this article we present a careful analysis of the uncertainty inherent to this statistical recreation of historical seismic events. Using a priori estimates on the posterior and numerical approximations of the Hessian, we demonstrate that the 1852 Banda Sea earthquake and tsunami is well‐understood given certain explicit hypotheses. Using the same techniques we also find that the 1820 south Sulawesi event may best be explained by a dual fault rupture, best attributed to the Kalatoa fault potentially conjoining the Flores thrust and Walanae/Selayar fault.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2236854; 2152774</t>
+    <t>2236854; 2152774; 2206762; 2343286</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>AGU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>