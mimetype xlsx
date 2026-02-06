--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10639200</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3764944.3764951</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>AMPERE: A Generic Energy Estimation Approach for On-Device Training</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Jiaru; Wang, Zesong; Wang, Hao; Song, Tao; Su, Huai-an; Chen, Rui; Hua, Yang; Zhou, Xiangwei; Ma, Ruhui; Pan, Miao; Guan, Haibing</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM SIGMETRICS Performance Evaluation Review</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>27 to 32</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0163-5999</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Battery-powered mobile devices (e.g., smartphones, AR/VR glasses, and various IoT devices) are increasingly being used for AI training due to their growing computational power and easy access to valuable, diverse, and real-time data. On-device training is highly energy-intensive, making accurate energy consumption estimation crucial for effective job scheduling and sustainable AI. However, the heterogeneity of devices and the complexity of models challenge the accuracy and generalizability of existing methods. This paper proposes AMPERE, a generic approach for energy consumption estimation in deep neural network (DNN) training. First, we examine the layer-wise energy additivity property of DNNs and strategically partition the entire model into layers for fine-grained energy consumption profiling. Then, we fit Gaussian Process (GP) models to learn from layer-wise energy consumption measurements and estimate a DNN's overall energy consumption based on its layer-wise energy additivity property. We conduct extensive experiments with various types of models across different real-world platforms. The results demonstrate that AMPERE has effectively reduced the Mean Absolute Percentage Error (MAPE) by up to 30%. Moreover, AMPERE is applied in guiding energy-aware pruning, successfully reducing energy consumption by 50%, thereby further demonstrating its generality and potential.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2523997; 2534286; 2403249; 2431596</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM SIGMETRICS Performance Evaluation Review, Volume 53, Issue 2</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>