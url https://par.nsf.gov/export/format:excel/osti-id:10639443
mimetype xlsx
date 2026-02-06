--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10639443</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1128/spectrum.01306-25</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Metabolites derived from bacterial isolates of the human skin microbiome inhibit Staphylococcus aureus biofilm formation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Le, Viet Hoang; King, Tetyana; Wuerzberger, Breanna; Bauer, Olivia R; Carver, Megan N; Chan, Tiffany S; Henson, Annabeth L; Hubbard, Grace K; Kopadze, Tamar; Patterson, Claire F; McGraw, Sabrina M; O'Hara, Aidan; Yarkosky, Eryk J; LaMontagne, Michael G; Hotze, Eileen M; Ferreira, Rosana_B R (ORCID:0000000271620026)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Claesen, Jan</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Microbiology Spectrum</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>01306-25</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2165-0497</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;sec&gt;&lt;p&gt;The human skin microbiome is a diverse ecosystem that can help prevent infections by producing biomolecules and peptides that inhibit growth and virulence of bacterial pathogens.&lt;italic toggle='yes'&gt;Staphylococcus aureus&lt;/italic&gt;is a major human pathogen responsible for diseases that range from acute skin and soft tissue infections to life-threatening septicemia. Its ability to form biofilms is a key virulence factor contributing to its success as a pathogen as well as to its increased antimicrobial resistance. Here, we investigated the ability of bacterial skin commensals to produce molecules that inhibit&lt;italic toggle='yes'&gt;S. aureus&lt;/italic&gt;biofilm formation. Matrix-assisted laser desorption ionization-time of flight mass spectrometry (MALDI-TOF MS) identified 77 human skin microbiome bacterial isolates from&lt;italic toggle='yes'&gt;Staphylococcus&lt;/italic&gt;and&lt;italic toggle='yes'&gt;Bacillus&lt;/italic&gt;genera. Metabolites from cell-free concentrated media (CFCM) from 26 representative isolates were evaluated for their ability to inhibit biofilm formation by both methicillin-resistant (MRSA) and methicillin-sensitive (MSSA)&lt;italic toggle='yes'&gt;S. aureus&lt;/italic&gt;strains. CFCM, derived from most of the isolates, inhibited biofilm formation to varying extents but did not inhibit planktonic growth of&lt;italic toggle='yes'&gt;S. aureus&lt;/italic&gt;. Size fractionation of the CFCM of three&lt;italic toggle='yes'&gt;S&lt;/italic&gt;.&lt;italic toggle='yes'&gt;epidermidis&lt;/italic&gt;isolates indicated that they produce different bioactive molecules. Cluster analysis, based on either MALDI-TOF mass spectra or whole-genome sequencing draft genomes, did not show clear clusters associated with levels of biofilm inhibition among&lt;italic toggle='yes'&gt;S. epidermidis&lt;/italic&gt;strains. Finally, similar biosynthetic gene clusters were detected in all&lt;italic toggle='yes'&gt;S. epidermidis&lt;/italic&gt;strains analyzed. These findings indicate that several bacterial constituents of the human skin microbiome display antibiofilm&lt;italic toggle='yes'&gt;in vitro&lt;/italic&gt;activity, warranting further investigation on their potential as novel therapeutic agents.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;IMPORTANCE&lt;/title&gt;&lt;p&gt;The skin is constantly exposed to the environment and consequently to numerous pathogens. The bacterial community that colonizes healthy skin is thought to play an important role in protecting us against infections.&lt;italic toggle='yes'&gt;S. aureus&lt;/italic&gt;is a leading cause of death worldwide and is frequently involved in several types of infections, including skin and soft tissue infections. Its ability to adhere to surfaces and produce biofilms is considered an important virulence factor. Here, we analyzed the activity of different species of bacteria isolated from healthy skin on&lt;italic toggle='yes'&gt;S. aureus&lt;/italic&gt;biofilm formation. We found that some species of&lt;italic toggle='yes'&gt;Staphylococcus&lt;/italic&gt;and&lt;italic toggle='yes'&gt;Bacillus&lt;/italic&gt;can reduce&lt;italic toggle='yes'&gt;S. aureus&lt;/italic&gt;biofilm formation, although a generally lower level of inhibitory activity was observed compared to&lt;italic toggle='yes'&gt;S. epidermidis&lt;/italic&gt;isolates. Among&lt;italic toggle='yes'&gt;S. epidermidis&lt;/italic&gt;isolates, strength of activity was dependent on the strain. Our data highlight the importance of mining the skin microbiome for isolates that could help combat skin pathogens.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2320765</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Society for MIcrobiology</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>