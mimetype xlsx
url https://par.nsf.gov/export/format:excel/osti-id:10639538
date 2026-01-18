--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1145/3706598.3714045</t>
   </si>
   <si>
     <t>EvAlignUX: Advancing UX Evaluation through LLM-Supported Metrics Exploration</t>
   </si>
   <si>
     <t>Zheng, Qingxiao (ORCID:0000000303680032); Chen, Minrui (ORCID:0009000401449915); Sharma, Pranav (ORCID:000900049714332X); Tang, Yiliu (ORCID:0000000286834668); Oswal, Mehul (ORCID:0009000334129013); Liu, Yiren (ORCID:0000000315070303); Huang, Yun (ORCID:0000000303998032)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-04-25T04:00:00Z</t>
   </si>
   <si>
     <t>1 to 25</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2119589</t>
+    <t>2119589; 2229873</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>ACM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>