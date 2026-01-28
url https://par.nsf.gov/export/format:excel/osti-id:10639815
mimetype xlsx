--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10639815</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/smtd.202501177</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Regulating the Growth of Cesium Lead Bromide Quantum Dots at a Liquid/Liquid Interface Constrained in a Micropipette</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chandra, Sohom [Department of Chemistry and Biochemistry The University of Oklahoma  Norman OK 73019 USA] (ORCID:0000000282750387); Mi, Chenjia [Department of Chemistry and Biochemistry The University of Oklahoma  Norman OK 73019 USA] (ORCID:000000032169864X); Peng, Zongkai [Department of Chemistry and Biochemistry The University of Oklahoma  Norman OK 73019 USA] (ORCID:0000000269895266); Wilton, Jack [Department of Chemistry and Biochemistry The University of Oklahoma  Norman OK 73019 USA] (ORCID:0009000653200657); Shabgard, Hamidreza [Aerospace and Mechanical Engineering The University of Oklahoma  Norman OK 73019 USA] (ORCID:0000000315063189); Yang, Zhibo [Department of Chemistry and Biochemistry The University of Oklahoma  Norman OK 73019 USA]; Dong, Yitong [Centre for Quantum Research and Technology The University of Oklahoma  Norman OK 73019 USA] (ORCID:0000000270693725)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Small Methods</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2366-9608</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract: Colloidal all‐inorganic lead halide perovskite quantum dots (QDs) are high‐performance light‐emitting materials with size‐dependent optical properties and can be readily synthesized by mixing ionic precursors. However, the low formation energy of the perovskite lattice makes their growth too fast to control under regular reaction conditions. Diffusion‐regulated CsPbBr3 perovskite QD growth is reported on a nanometer‐sized liquid/liquid (L/L) interface supported in a micropipette tip without long‐chain organic ligands. The precursors are divided into two immiscible solutions across the L/L interface to avoid additional nucleation, and the QD growth kinetics are regulated by the constrained cationic diffusion field depending on the size of the micropipette tip. QDs with unprecedentedly small sizes (2.7 nm) are obtained due to the slowed‐down growth rates. The synthesis approach demonstrates the potential of micro‐controlled colloidal QD synthesis for mechanistic studies and micro‐fabrications.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2316919</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley-VCH GmbH</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>