--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-05-09T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Graph Theory</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>155 to 166</t>
   </si>
   <si>
     <t>0364-9024</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;A subgraph of a graph with maximum degree is ‐&lt;italic&gt;overfull&lt;/italic&gt;if . Clearly, if contains a ‐overfull subgraph, then its chromatic index is . However, the converse is not true, as demonstrated by the Petersen graph. Nevertheless, three families of graphs are conjectured to satisfy the converse statement: (1) graphs with (the Overfull Conjecture of Chetwynd and Hilton), (2) planar graphs (Seymour's Exact Conjecture), and (3) graphs whose subgraph induced on the set of maximum degree vertices is the union of vertex‐disjoint cycles (the Core Conjecture of Hilton and Zhao). Over the past decades, these conjectures have been central to the study of edge coloring in simple graphs. Progress had been slow until recently, when the Core Conjecture was confirmed by the authors in 2024. This breakthrough was achieved by extending Vizing's classical fan technique to two larger families of trees: the pseudo‐multifan and the lollipop. This paper investigates the properties of these two structures, forming part of the theoretical foundation used to prove the Core Conjecture. We anticipate that these developments will provide insights into verifying the Overfull Conjecture for graphs where the subgraph induced by maximum‐degree vertices has relatively small maximum degree.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2348740; 2246292; 2001130</t>
+    <t>2348740; 2246292; 2001130; 2345869</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>