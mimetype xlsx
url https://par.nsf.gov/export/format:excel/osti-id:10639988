--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10639988</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/aisy.202500300</t>
   </si>
   <si>
     <t>CAMP: Closed‐Loop Acoustic‐Magnetic Propulsion of Microrobots for Precision Cell Manipulation</t>
   </si>
   <si>
     <t>Kirmizitas, Fatma_Ceren [Departments of Mechanical Engineering and Animal &amp;amp, Food Sciences University of Delaware  Newark DE 19716 USA]; Rivas, David_P [Department of Mechanical Engineering University of Delaware  Newark DE 19716 USA]; Sokolich, Max [Department of Mechanical Engineering University of Delaware  Newark DE 19716 USA]; McNeill, Jeffrey_M [Department of Chemistry University of Pennsylvania  Philadelphia PA 19104 USA]; Dutta, Aditya [Departments of Animal &amp;amp, Food Sciences Biological Sciences, and Medical &amp;amp, Molecular Sciences University of Delaware  Newark DE 19716 USA]; Das, Sambeeta [Department of Mechanical Engineering University of Delaware  Newark DE 19716 USA] (ORCID:0000000206054021)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-07-09T04:00:00Z</t>
   </si>
   <si>
     <t>Advanced Intelligent Systems</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>12</t>
   </si>
   <si>
     <t>2640-4567</t>
   </si>
   <si>
     <t>&lt;p&gt;Developing microrobotic systems for accurate and fast manipulation of microobjects or living cells has the potential to significantly advance biomedical and microfabrication applications. Despite recent progress in this field, comprehensive multistimuli responsive, fast, and precisely controllable microrobots remain limited. In this study, automated position and speed control of acoustically powered, bubble‐based, magnetically steerable microrobots is demonstrated, along with micromanipulation of mammalian cells using these microswimmers. Enhanced control of the microswimmers is achieved by designing and implementing a closed‐loop control system that guides the microrobots along a predetermined path while modulating their speed by adjusting the acoustic frequency near the resonant value. The microrobots are guided to cells, enabling cell manipulation by pulling them with the microrobots. Overall, the results highlight the capability and controllability of these magnetically and acoustically responsive microrobots for future cell‐based applications, including manipulation, delivery, and microsurgery.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2422282; 2234869</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
@@ -290,81 +296,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>