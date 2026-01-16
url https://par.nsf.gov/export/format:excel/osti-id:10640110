--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,63 +105,69 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10640110</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/adma.202419708</t>
   </si>
   <si>
     <t>TriMag Microrobots: 3D‐Printed Microrobots for Magnetic Actuation, Imaging, and Hyperthermia</t>
   </si>
   <si>
     <t>Xing, Liuxi [Department of Biomedical Engineering and Institute for Quantitative Health Science and Engineering Michigan State University  East Lansing MI 48824 USA]; Cai, Yulu [Department of Biomedical Engineering and Institute for Quantitative Health Science and Engineering Michigan State University  East Lansing MI 48824 USA]; Zhang, Yapei [Department of Biomedical Engineering and Institute for Quantitative Health Science and Engineering Michigan State University  East Lansing MI 48824 USA]; Mozel, Kevin [Department of Biomedical Engineering and Institute for Quantitative Health Science and Engineering Michigan State University  East Lansing MI 48824 USA]; Tang, Zhengxu [Department of Biomedical Engineering and Institute for Quantitative Health Science and Engineering Michigan State University  East Lansing MI 48824 USA]; Tang, Tengteng [Department of Aerospace and Mechanical Engineering Arizona State University  Tempe AZ 85281 USA]; Mottini, Vittorio [Department of Biomedical Engineering and Institute for Quantitative Health Science and Engineering Michigan State University  East Lansing MI 48824 USA]; Nigam, Saumya [Precision Health Program Michigan State University  East Lansing MI 48824 USA, Department of Radiology College of Human Medicine Michigan State University  East Lansing MI 48824 USA]; Smith, Bryan_R [Department of Biomedical Engineering and Institute for Quantitative Health Science and Engineering Michigan State University  East Lansing MI 48824 USA]; Lee, Ian_Y [Henry Ford Hospital  Detroit MI 48202 USA]; Nagaraja, Tavarekere_N [Henry Ford Hospital  Detroit MI 48202 USA]; Wang, Ping [Precision Health Program Michigan State University  East Lansing MI 48824 USA, Department of Radiology College of Human Medicine Michigan State University  East Lansing MI 48824 USA]; Li, Xiangjia [Department of Aerospace and Mechanical Engineering Arizona State University  Tempe AZ 85281 USA]; Gao, Tong [Department of Mechanical Engineering Michigan State University  East Lansing MI 48824 USA]; Li, Jinxing [Department of Biomedical Engineering and Institute for Quantitative Health Science and Engineering Michigan State University  East Lansing MI 48824 USA, Department of Chemical Engineering and Material Science Michigan State University  East Lansing MI 48824 USA, Department of Electrical and Computer Engineering Michigan State University  East Lansing MI 48824 USA] (ORCID:000000025888342X)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-08-11T04:00:00Z</t>
   </si>
   <si>
     <t>Advanced Materials</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>45</t>
   </si>
   <si>
     <t>0935-9648</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Microrobots hold immense potential in biomedical applications, including drug delivery, disease diagnostics, and minimally invasive surgeries. However, two key challenges hinder their clinical translation: achieving scalable and precision fabrication, and enabling non‐invasive imaging and tracking within deep biological tissues. Magnetic particle imaging (MPI), a cutting‐edge imaging modality, addresses these challenges by detecting the magnetization of nanoparticles and visualizing superparamagnetic nanoparticles (SPIONs) with sub‐millimeter resolution, free from interference by biological tissues. This capability makes MPI an ideal tool for tracking magnetic microrobots in deep tissue environments. In this study, “TriMag” microrobots are introduced: 3D‐printed microrobots with three integrated magnetic functionalities—magnetic actuation, magnetic particle imaging, and magnetic hyperthermia. The TriMag microrobots are fabricated using an innovative method that combines two‐photon lithography for 3D printing biocompatible hydrogel structures with in situ chemical reactions to embed the hydrogel scaffold with Fe&lt;sub&gt;3&lt;/sub&gt;O&lt;sub&gt;4&lt;/sub&gt;nanoparticles for good MPI contrast and CoFe&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;4&lt;/sub&gt;nanoparticles for efficient magnetothermal heating. This approach enables scalable, precise fabrication of helical magnetic hydrogel microrobots. The resulting TriMag microrobots, with the synergistic effects of Fe&lt;sub&gt;3&lt;/sub&gt;O&lt;sub&gt;4&lt;/sub&gt;and CoFe&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;4&lt;/sub&gt;nanoparticles, demonstrate efficient magnetic actuation for controlled movement, precise imaging via MPI for imaging and tracking in biological fluid and organs, including porcine eye and mouse stomach, and magnetothermal heating for tumor ablation in a mouse model. By combining these capabilities, the fabrication and imaging approach provides a robust platform for non‐invasive monitoring and manipulation of microrobots for transformative applications in medical treatment and biological research.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2318057</t>
+    <t>2318057; 2339495; 2323917; 2334134; 2216131; 2601615</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -291,81 +297,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>