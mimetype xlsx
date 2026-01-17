--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10640401</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/aidi.202400022</t>
   </si>
   <si>
     <t>Machine‐Learning‐Based, Feature‐Rich Prediction of Alumina Microstructure from Hardness</t>
   </si>
   <si>
     <t>Geng, Xiao [Department of Materials Science and Engineering Clemson University  Clemson South Carolina USA]; Tang, Jianan [Department of Electrical and Computer Engineering Clemson University  Clemson South Carolina USA, Center for Optical Materials Science and Engineering Technologies (COMSET) Clemson University  Anderson South Carolina USA]; Wen, Ningxuan [Department of Electrical and Computer Engineering Clemson University  Clemson South Carolina USA, Center for Optical Materials Science and Engineering Technologies (COMSET) Clemson University  Anderson South Carolina USA]; Shaw, Jason [Department of Electrical and Computer Engineering Clemson University  Clemson South Carolina USA, Christ Church Episcopal School  Greenville South Carolina USA]; Sarkar, Siddhartha [Department of Materials Science and Engineering Clemson University  Clemson South Carolina USA]; Vargas‐Gonzalez, Lionel [Ceramics and Transparent Materials Branch DEVCOM Army Research Laboratory  Aberdeen Maryland USA]; Ku, Nicholas [Ceramics and Transparent Materials Branch DEVCOM Army Research Laboratory  Aberdeen Maryland USA]; Tong, Jianhua [Department of Materials Science and Engineering Clemson University  Clemson South Carolina USA] (ORCID:0000000206841658); Bordia, Rajendra_K [Department of Materials Science and Engineering Clemson University  Clemson South Carolina USA]; Li, Dongsheng [Advanced Manufacturing LLC  East Hartford Connecticut USA]; Peng, Fei [Department of Materials Science and Engineering Clemson University  Clemson South Carolina USA, Center for Optical Materials Science and Engineering Technologies (COMSET) Clemson University  Anderson South Carolina USA] (ORCID:0000000239249028)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-08T04:00:00Z</t>
   </si>
   <si>
     <t>Advanced Intelligent Discovery</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>3</t>
   </si>
   <si>
     <t>2943-9981</t>
   </si>
   <si>
     <t>&lt;p&gt;Predicting materials’ microstructure from the desired properties is critical for exploring new materials. Herein, a novel regression‐based prediction of scanning electron microscopy (SEM) images for the target hardness using generative adversarial networks (GANs) is demonstrated. This article aims at generating realistic SEM micrographs, which contain rich features (e.g., grain and neck shapes, tortuosity, spatial configurations of grain/pores). Together, these features affect material properties but are difficult to predict. A high‐performance GAN, named ‘Microstructure‐GAN’ (or M‐GAN), with residual blocks to significantly improve the details of synthesized micrographs is established . This algorithm was trained with experimentally obtained SEM micrographs of laser‐sintered alumina. After training, the high‐fidelity, feature‐rich micrographs can be predicted for an arbitrary target hardness. Microstructure details such as small pores and grain boundaries can be observed even at the nanometer scale (∼50 nm) in the predicted 1000× micrographs. A pretrained convolutional neural network (CNN) was used to evaluate the accuracy of the predicted micrographs with rich features for specific hardness. The relative bias of the CNN‐evaluated value of the generated micrographs was within 2.1%–2.7% from the values for experimental micrographs. This approach can potentially be applied to other microscopy data, such as atomic force, optical, and transmission electron microscopy.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2119833</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
@@ -290,81 +296,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>