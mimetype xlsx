--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Bioinformatics and Computational Biology</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
     <t>0219-7200</t>
   </si>
   <si>
     <t>&lt;p&gt;Studying miRNA activity at the single-cell level presents a significant challenge due to the limitations of existing single-cell technologies in capturing miRNAs. To address this, we introduce two deep learning models: Cross-modality (CM) and single-modality (SM), both based on encoder-decoder architectures. These models predict miRNA expression at both bulk and single-cell levels using mRNA data. We evaluated the performance of CM and SM against the state-of-the-art miRSCAPE approach, using both bulk and single-cell datasets. Our results demonstrate that both CM and SM outperform miRSCAPE in accuracy. Furthermore, incorporating miRNA target information substantially enhanced performance compared to models that utilized all genes. These models provide powerful tools for predicting miRNA expression from single-cell mRNA data.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2015838</t>
+    <t>2015838; 2120907</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>World Scientific Connect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>