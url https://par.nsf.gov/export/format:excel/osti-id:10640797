--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1145/3708035.3736013</t>
   </si>
   <si>
     <t>ML Field Planner: Analyzing and Optimizing ML Pipelines For Field Research</t>
   </si>
   <si>
     <t>Stubbs, Joe (ORCID:0000000286440300); Balasubramaniam, Sowbaranika (ORCID:0009000929139739); Khuvis, Samuel (ORCID:0000000262242860); Withana, Sachith (ORCID:0000000220228155); Vallabhajosyula, Manikya Swathi (ORCID:0000000290941722); Cardone, Richard (ORCID:0000000286686220); Garcia, Christian (ORCID:000000018711872X); Freeman, Nathan (ORCID:0000000297118296); Guzman, Carlos (ORCID:000900098701634X); Plale, Beth (ORCID:0000000321648132); Ramnath, Rajiv (ORCID:0000000300938560); Berger-Wolf, Tanya (ORCID:0000000176101412)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-07-18T04:00:00Z</t>
   </si>
   <si>
     <t>1 to 9</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2112606</t>
+    <t>2112606; 1931439</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>ACM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>